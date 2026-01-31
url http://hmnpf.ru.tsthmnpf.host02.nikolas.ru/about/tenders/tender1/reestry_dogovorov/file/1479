--- v0 (2025-10-14)
+++ v1 (2026-01-31)
@@ -1,57 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="405" windowWidth="29190" windowHeight="11505"/>
+    <workbookView xWindow="120" yWindow="405" windowWidth="29040" windowHeight="11505"/>
   </bookViews>
   <sheets>
     <sheet name="Сводная таблица" sheetId="4" r:id="rId1"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
   <calcPr calcId="125725"/>
 </workbook>
+</file>
+
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="M16" i="4"/>
+  <c r="L16"/>
+  <c r="M15"/>
+  <c r="L15"/>
+</calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="37">
   <si>
     <t>Реестр действующих договоров заключенных в период с 01.03.2025 по 31.03.2025</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Закупка</t>
   </si>
   <si>
     <t>Договор</t>
   </si>
   <si>
     <t>Изменение договора</t>
   </si>
   <si>
     <t>Исполнение договора</t>
   </si>
   <si>
     <t>Прекращение обязательств сторон по договору</t>
   </si>
@@ -144,68 +158,66 @@
     <t xml:space="preserve"> указанных в пунктах 1 - 3 части 15 статьи 4 Федерального закона в случае принятия заказчиком решения о неразмещении сведений о таких закупках в единой информационной системе</t>
   </si>
   <si>
     <t xml:space="preserve">Сумма закупок ВСЕГО  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="5">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="11"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <name val="Calibri"/>
+      <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -238,120 +250,153 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="1"/>
     <cellStyle name="Обычный 20 6" xfId="2"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///X:\&#1047;&#1040;&#1050;&#1059;&#1055;&#1050;&#1048;\2_&#1045;&#1078;&#1077;&#1084;&#1077;&#1089;&#1103;&#1095;&#1085;&#1099;&#1077;%20&#1086;&#1090;&#1095;&#1077;&#1090;&#1099;\2025%20&#1075;\&#1052;&#1072;&#1088;&#1090;%202025%20&#1073;&#1072;&#1085;&#1082;.xls" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <sheetNames>
+      <sheetName val="Счета"/>
+      <sheetName val="Договора"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="212">
+          <cell r="B212">
+            <v>489301</v>
+          </cell>
+          <cell r="C212">
+            <v>24</v>
+          </cell>
+        </row>
+        <row r="244">
+          <cell r="F244">
+            <v>1106600</v>
+          </cell>
+          <cell r="G244">
+            <v>6</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -602,51 +647,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="C24" sqref="C24"/>
+      <selection activeCell="M17" sqref="M17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="4" width="9.140625" style="3"/>
     <col min="5" max="5" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" style="3" customWidth="1"/>
     <col min="7" max="7" width="41" style="3" customWidth="1"/>
     <col min="8" max="8" width="9.140625" style="3"/>
     <col min="9" max="9" width="10.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.85546875" style="3" customWidth="1"/>
     <col min="11" max="11" width="53.85546875" style="3" customWidth="1"/>
     <col min="12" max="12" width="15.42578125" style="3" customWidth="1"/>
     <col min="13" max="16" width="9.140625" style="3"/>
     <col min="17" max="17" width="11" style="3" customWidth="1"/>
     <col min="18" max="260" width="9.140625" style="3"/>
     <col min="261" max="261" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="262" max="262" width="29.28515625" style="3" customWidth="1"/>
     <col min="263" max="263" width="41" style="3" customWidth="1"/>
     <col min="264" max="264" width="9.140625" style="3"/>
     <col min="265" max="265" width="10.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="266" max="266" width="9.85546875" style="3" customWidth="1"/>
     <col min="267" max="267" width="53.85546875" style="3" customWidth="1"/>
     <col min="268" max="268" width="15.42578125" style="3" customWidth="1"/>
     <col min="269" max="272" width="9.140625" style="3"/>
@@ -1583,126 +1628,130 @@
         <v>28</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="10">
         <v>787500</v>
       </c>
       <c r="J9" s="12">
         <v>46022</v>
       </c>
       <c r="K9" s="13" t="s">
         <v>29</v>
       </c>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8"/>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
     </row>
     <row r="10" spans="1:17">
       <c r="I10" s="14"/>
     </row>
     <row r="12" spans="1:17" ht="22.5">
-      <c r="K12" s="15" t="s">
+      <c r="K12" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="L12" s="15" t="s">
+      <c r="L12" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="M12" s="15" t="s">
+      <c r="M12" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="33.75">
-      <c r="K13" s="16" t="s">
+      <c r="K13" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="L13" s="17">
+      <c r="L13" s="16">
         <v>0</v>
       </c>
-      <c r="M13" s="18">
+      <c r="M13" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="45">
-      <c r="K14" s="16" t="s">
+      <c r="K14" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="L14" s="17">
+      <c r="L14" s="16">
         <v>0</v>
       </c>
-      <c r="M14" s="18">
+      <c r="M14" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="33.75">
-      <c r="K15" s="16" t="s">
+      <c r="K15" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="L15" s="17">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="L15" s="16">
+        <f>[1]Счета!$B$212+[1]Счета!$F$244</f>
+        <v>1595901</v>
+      </c>
+      <c r="M15" s="17">
+        <f>[1]Счета!$C$212+[1]Счета!$G$244</f>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="K16" s="16" t="s">
+      <c r="K16" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="L16" s="17">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="L16" s="16">
+        <f>L15+I7+I8+I9</f>
+        <v>3669315.7199999997</v>
+      </c>
+      <c r="M16" s="18">
+        <f>M15+3</f>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="C1:Q1"/>
+    <mergeCell ref="B2:B6"/>
+    <mergeCell ref="C2:F3"/>
+    <mergeCell ref="G2:K3"/>
+    <mergeCell ref="L2:L6"/>
+    <mergeCell ref="M2:P3"/>
+    <mergeCell ref="Q2:Q6"/>
+    <mergeCell ref="C4:C6"/>
+    <mergeCell ref="D4:D6"/>
+    <mergeCell ref="E4:E6"/>
     <mergeCell ref="M4:M6"/>
     <mergeCell ref="N4:N6"/>
     <mergeCell ref="O4:O6"/>
     <mergeCell ref="P4:P6"/>
     <mergeCell ref="F4:F6"/>
     <mergeCell ref="G4:G6"/>
     <mergeCell ref="H4:H6"/>
     <mergeCell ref="I4:I6"/>
     <mergeCell ref="J4:J6"/>
     <mergeCell ref="K4:K6"/>
-    <mergeCell ref="C1:Q1"/>
-[...8 lines deleted...]
-    <mergeCell ref="E4:E6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Сводная таблица</vt:lpstr>
     </vt:vector>